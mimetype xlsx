--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -92,78 +92,78 @@
   <si>
     <t>P5</t>
   </si>
   <si>
     <t>JSO8.1</t>
   </si>
   <si>
     <t>PTJ/P5/1.1/1.A/PH</t>
   </si>
   <si>
     <t>20.12.2023</t>
   </si>
   <si>
     <t>20.05.2024</t>
   </si>
   <si>
     <t>2.828.038.542,83</t>
   </si>
   <si>
     <t>1.468.613.856,57</t>
   </si>
   <si>
     <t>259.167.151,14</t>
   </si>
   <si>
-    <t>1.603.561.638,82</t>
+    <t>1.602.490.976,56</t>
   </si>
   <si>
     <t>846.802.437,31</t>
   </si>
   <si>
     <t>149.435.724,21</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>PTJ/P5/1.2/1.B/PH</t>
   </si>
   <si>
     <t>30.07.2025</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
-    <t>95.903.135,09</t>
-[...5 lines deleted...]
-    <t>11.015.565,62</t>
+    <t>153.930.040,84</t>
+  </si>
+  <si>
+    <t>99.531.994,43</t>
+  </si>
+  <si>
+    <t>17.564.469,57</t>
   </si>
   <si>
     <t>PTJ/P5/4.2/2.B/PH</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
     <t>30.04.2025</t>
   </si>
   <si>
     <t>64.366.477,30</t>
   </si>
   <si>
     <t>62.933.117,50</t>
   </si>
   <si>
     <t>146.034,55</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -664,51 +664,51 @@
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="G3">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>