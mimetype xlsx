--- v1 (2025-11-05)
+++ v2 (2026-01-07)
@@ -113,57 +113,57 @@
   <si>
     <t>259.167.151,14</t>
   </si>
   <si>
     <t>1.602.490.976,56</t>
   </si>
   <si>
     <t>846.802.437,31</t>
   </si>
   <si>
     <t>149.435.724,21</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>PTJ/P5/1.2/1.B/PH</t>
   </si>
   <si>
     <t>30.07.2025</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
-    <t>153.930.040,84</t>
-[...5 lines deleted...]
-    <t>17.564.469,57</t>
+    <t>451.311.718,61</t>
+  </si>
+  <si>
+    <t>288.166.663,94</t>
+  </si>
+  <si>
+    <t>50.861.257,13</t>
   </si>
   <si>
     <t>PTJ/P5/4.2/2.B/PH</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
     <t>30.04.2025</t>
   </si>
   <si>
     <t>64.366.477,30</t>
   </si>
   <si>
     <t>62.933.117,50</t>
   </si>
   <si>
     <t>146.034,55</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -664,51 +664,51 @@
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="G3">
-        <v>89</v>
+        <v>263</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>