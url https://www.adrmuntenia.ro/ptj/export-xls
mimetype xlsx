--- v2 (2026-01-07)
+++ v3 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Prioritate</t>
   </si>
   <si>
     <t>Obiectiv specific</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Început depunere</t>
   </si>
   <si>
     <t>Sfârșit depunere</t>
   </si>
   <si>
     <t>Nr. Proiecte</t>
   </si>
   <si>
     <t>Proiecte - Valoare totală (Lei)</t>
   </si>
   <si>
@@ -113,75 +113,93 @@
   <si>
     <t>259.167.151,14</t>
   </si>
   <si>
     <t>1.602.490.976,56</t>
   </si>
   <si>
     <t>846.802.437,31</t>
   </si>
   <si>
     <t>149.435.724,21</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>PTJ/P5/1.2/1.B/PH</t>
   </si>
   <si>
     <t>30.07.2025</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
-    <t>451.311.718,61</t>
-[...5 lines deleted...]
-    <t>50.861.257,13</t>
+    <t>451.322.463,31</t>
+  </si>
+  <si>
+    <t>288.069.975,99</t>
+  </si>
+  <si>
+    <t>50.844.194,57</t>
   </si>
   <si>
     <t>PTJ/P5/4.2/2.B/PH</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
     <t>30.04.2025</t>
   </si>
   <si>
     <t>64.366.477,30</t>
   </si>
   <si>
     <t>62.933.117,50</t>
   </si>
   <si>
     <t>146.034,55</t>
+  </si>
+  <si>
+    <t>PTJ/750/PTJ_P5/NA/JSO8.1/PTJ_A26 - AJOFM (redeschidere)</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>31.01.2026</t>
+  </si>
+  <si>
+    <t>65.701.725,41</t>
+  </si>
+  <si>
+    <t>55.730.959,21</t>
+  </si>
+  <si>
+    <t>1.635.404,20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -507,51 +525,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R4"/>
+  <dimension ref="A1:R5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="1"/>
     <col min="4" max="4" width="40" customWidth="true" style="1"/>
     <col min="5" max="5" width="20" customWidth="true" style="1"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="35.277" bestFit="true" customWidth="true" style="0"/>
@@ -744,50 +762,100 @@
       <c r="I4" t="s">
         <v>40</v>
       </c>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="L4" t="s">
         <v>29</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
         <v>29</v>
       </c>
     </row>
+    <row r="5" spans="1:18">
+      <c r="A5">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5">
+        <v>1</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I5" t="s">
+        <v>46</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M5" t="s">
+        <v>29</v>
+      </c>
+      <c r="N5" t="s">
+        <v>29</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>29</v>
+      </c>
+      <c r="R5" t="s">
+        <v>29</v>
+      </c>
+    </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>