--- v3 (2026-02-16)
+++ v4 (2026-03-14)
@@ -92,51 +92,51 @@
   <si>
     <t>P5</t>
   </si>
   <si>
     <t>JSO8.1</t>
   </si>
   <si>
     <t>PTJ/P5/1.1/1.A/PH</t>
   </si>
   <si>
     <t>20.12.2023</t>
   </si>
   <si>
     <t>20.05.2024</t>
   </si>
   <si>
     <t>2.828.038.542,83</t>
   </si>
   <si>
     <t>1.468.613.856,57</t>
   </si>
   <si>
     <t>259.167.151,14</t>
   </si>
   <si>
-    <t>1.602.490.976,56</t>
+    <t>1.603.561.638,82</t>
   </si>
   <si>
     <t>846.802.437,31</t>
   </si>
   <si>
     <t>149.435.724,21</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>PTJ/P5/1.2/1.B/PH</t>
   </si>
   <si>
     <t>30.07.2025</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>451.322.463,31</t>
   </si>
   <si>
     <t>288.069.975,99</t>
   </si>